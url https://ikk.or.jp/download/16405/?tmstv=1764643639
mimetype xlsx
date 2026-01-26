--- v0 (2025-12-10)
+++ v1 (2026-01-26)
@@ -10,60 +10,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ibakeikyou.sharepoint.com/sites/ibaraki-keikyo/DocLib/支部・委員会/支部・委員会/委員会/労務/労働条件 各種調査/初任給＆賃金実態調査2025年(R7年度)/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{AE5BAA95-D5F6-45BB-8498-C833FF202567}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{12DCDB58-F9F6-42A2-9FB8-99BCF816165A}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="13_ncr:1_{AE5BAA95-D5F6-45BB-8498-C833FF202567}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FEABD82A-D336-4E93-92DB-48073FC0C7EB}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2472" yWindow="24" windowWidth="20568" windowHeight="12216" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="調査票（1枚目）初任給部分" sheetId="6" r:id="rId1"/>
     <sheet name="調査票（2枚目）賃金調査部分" sheetId="7" r:id="rId2"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId3"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'調査票（1枚目）初任給部分'!$B$2:$AG$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'調査票（2枚目）賃金調査部分'!$B$2:$AF$170</definedName>
   </definedNames>
   <calcPr calcId="92512"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="88">
   <si>
     <t>秘</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
@@ -1373,55 +1373,55 @@
         <sz val="12"/>
         <rFont val="ＭＳ Ｐ明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t>の賃金水準</t>
     </r>
     <rPh sb="6" eb="8">
       <t>ネンド</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>チンア</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>ゴ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>チンギン</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>スイジュン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>（2025年12月）</t>
+    <t>（2026年1月）</t>
     <rPh sb="5" eb="6">
       <t>ネン</t>
     </rPh>
-    <rPh sb="8" eb="9">
+    <rPh sb="7" eb="8">
       <t>ガツ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
@@ -2948,71 +2948,91 @@
             <a:rPr lang="en-US" altLang="ja-JP" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐ明朝"/>
               <a:ea typeface="ＭＳ Ｐ明朝"/>
             </a:rPr>
             <a:t>】</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:lnSpc>
               <a:spcPts val="1200"/>
             </a:lnSpc>
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐ明朝"/>
               <a:ea typeface="ＭＳ Ｐ明朝"/>
             </a:rPr>
-            <a:t>・本調査票は１月９日</a:t>
+            <a:t>・本調査票は１月</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" altLang="ja-JP" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="ＭＳ Ｐ明朝"/>
+              <a:ea typeface="ＭＳ Ｐ明朝"/>
+            </a:rPr>
+            <a:t>26</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="ＭＳ Ｐ明朝"/>
+              <a:ea typeface="ＭＳ Ｐ明朝"/>
+            </a:rPr>
+            <a:t>日</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐ明朝"/>
               <a:ea typeface="ＭＳ Ｐ明朝"/>
             </a:rPr>
             <a:t>(</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐ明朝"/>
               <a:ea typeface="ＭＳ Ｐ明朝"/>
             </a:rPr>
-            <a:t>金</a:t>
+            <a:t>月</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐ明朝"/>
               <a:ea typeface="ＭＳ Ｐ明朝"/>
             </a:rPr>
             <a:t>)</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐ明朝"/>
               <a:ea typeface="ＭＳ Ｐ明朝"/>
             </a:rPr>
             <a:t>までに到着するよう同封の返信用封筒または</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
@@ -3569,51 +3589,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Word_Document.docx"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:AG210"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="32" width="3.109375" style="1" customWidth="1"/>
     <col min="33" max="33" width="3.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:33" ht="23.4" x14ac:dyDescent="0.2">
       <c r="B2" s="92" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="92"/>
       <c r="D2" s="6"/>
       <c r="E2" s="3" t="s">
         <v>34</v>
       </c>
       <c r="AD2" s="9" t="s">
         <v>33</v>
       </c>
       <c r="AE2" s="8"/>
       <c r="AF2" s="8"/>
       <c r="AG2" s="8"/>
     </row>
     <row r="3" spans="2:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -3921,51 +3941,51 @@
       <c r="J13" s="84"/>
       <c r="K13" s="84"/>
       <c r="L13" s="84"/>
       <c r="M13" s="84"/>
       <c r="N13" s="84"/>
       <c r="O13" s="84"/>
       <c r="P13" s="84"/>
       <c r="Q13" s="84"/>
       <c r="R13" s="81"/>
       <c r="S13" s="84"/>
       <c r="T13" s="84"/>
       <c r="U13" s="84"/>
       <c r="V13" s="84"/>
       <c r="W13" s="84"/>
       <c r="X13" s="84"/>
       <c r="Y13" s="84"/>
       <c r="Z13" s="84"/>
       <c r="AA13" s="84"/>
       <c r="AB13" s="101"/>
       <c r="AC13" s="101"/>
       <c r="AD13" s="101"/>
       <c r="AE13" s="101"/>
       <c r="AF13" s="101"/>
       <c r="AG13" s="102"/>
     </row>
-    <row r="14" spans="2:33" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:33" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="79"/>
       <c r="C14" s="80"/>
       <c r="D14" s="80"/>
       <c r="E14" s="82"/>
       <c r="F14" s="85"/>
       <c r="G14" s="85"/>
       <c r="H14" s="85"/>
       <c r="I14" s="85"/>
       <c r="J14" s="85"/>
       <c r="K14" s="85"/>
       <c r="L14" s="85"/>
       <c r="M14" s="85"/>
       <c r="N14" s="85"/>
       <c r="O14" s="85"/>
       <c r="P14" s="85"/>
       <c r="Q14" s="85"/>
       <c r="R14" s="82"/>
       <c r="S14" s="85"/>
       <c r="T14" s="85"/>
       <c r="U14" s="85"/>
       <c r="V14" s="85"/>
       <c r="W14" s="85"/>
       <c r="X14" s="85"/>
       <c r="Y14" s="85"/>
       <c r="Z14" s="85"/>
@@ -6784,51 +6804,51 @@
     <mergeCell ref="AC6:AG11"/>
     <mergeCell ref="B7:F9"/>
     <mergeCell ref="G7:Y9"/>
     <mergeCell ref="B10:F11"/>
     <mergeCell ref="G10:Y11"/>
     <mergeCell ref="B12:D14"/>
     <mergeCell ref="R12:R14"/>
     <mergeCell ref="N12:Q14"/>
     <mergeCell ref="J12:M14"/>
     <mergeCell ref="F12:I14"/>
     <mergeCell ref="E12:E14"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B2:AF35"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A32" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="AI49" sqref="AI49"/>
+      <selection activeCell="AI44" sqref="AI44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="3" width="3.6640625" style="1" customWidth="1"/>
     <col min="4" max="31" width="3.109375" style="1" customWidth="1"/>
     <col min="32" max="32" width="3.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:32" ht="19.2" x14ac:dyDescent="0.2">
       <c r="B2" s="25" t="s">
         <v>49</v>
       </c>
       <c r="AF2" s="1"/>
     </row>
     <row r="3" spans="2:32" ht="14.4" x14ac:dyDescent="0.2">
       <c r="B3" s="23" t="s">
         <v>82</v>
       </c>
       <c r="AF3" s="1"/>
     </row>
     <row r="4" spans="2:32" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4"/>
       <c r="C4" s="1" t="s">
         <v>50</v>
@@ -8199,51 +8219,66 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="28df779b-0850-4659-9263-3e8ff8019d76">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="837b74d5-5cb8-484b-a98e-db088e34715a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{923786BD-B913-486A-8AD7-102622BE47AE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{923786BD-B913-486A-8AD7-102622BE47AE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="28df779b-0850-4659-9263-3e8ff8019d76"/>
+    <ds:schemaRef ds:uri="837b74d5-5cb8-484b-a98e-db088e34715a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC7E4B58-6D38-4BD8-8C1D-4A706C47406A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="28df779b-0850-4659-9263-3e8ff8019d76"/>
     <ds:schemaRef ds:uri="837b74d5-5cb8-484b-a98e-db088e34715a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEEF27A7-F24F-46DA-9D7F-2F57AC7857AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>